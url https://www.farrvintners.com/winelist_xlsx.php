--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -10,2871 +10,545 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="640">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Wine</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Size Description</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Cases</t>
   </si>
   <si>
     <t>Bottles</t>
   </si>
   <si>
     <t>Sell GBP</t>
   </si>
   <si>
-    <t>Sell HKD</t>
-[...1 lines deleted...]
-  <si>
     <t>Per</t>
   </si>
   <si>
     <t>Units</t>
   </si>
   <si>
     <t>Unit Sell GBP</t>
   </si>
   <si>
-    <t>Unit Sell HKD</t>
-[...1 lines deleted...]
-  <si>
     <t>Score</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
-    <t>Argentina</t>
+    <t>Bordeaux</t>
   </si>
   <si>
     <t>Red</t>
   </si>
   <si>
-    <t>Adrianna Vineyard Malbec Mundus Bacillus Terrae, Bodega Catena Zapata</t>
-[...5 lines deleted...]
-    <t>impériales</t>
+    <t>L'Esprit de Chevalier</t>
+  </si>
+  <si>
+    <t>6×75cl</t>
+  </si>
+  <si>
+    <t>bottles</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>91+</t>
+  </si>
+  <si>
+    <t>Thomas Parker MW</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=109088</t>
+  </si>
+  <si>
+    <t>Les Allées de Cantemerle</t>
+  </si>
+  <si>
+    <t>12×75cl</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=88351</t>
+  </si>
+  <si>
+    <t>Beaumont</t>
+  </si>
+  <si>
+    <t>William Kelley</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=62657</t>
+  </si>
+  <si>
+    <t>Cantemerle</t>
+  </si>
+  <si>
+    <t>Neal Martin</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=60545</t>
+  </si>
+  <si>
+    <t>Carignan</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=75639</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=81197</t>
+  </si>
+  <si>
+    <t>Gloria</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=60623</t>
+  </si>
+  <si>
+    <t>6×1.5L</t>
+  </si>
+  <si>
+    <t>magnums</t>
+  </si>
+  <si>
+    <t>Haut Batailley</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=60631</t>
+  </si>
+  <si>
+    <t>Les Hauts de Smith</t>
+  </si>
+  <si>
+    <t>Antonio Galloni</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=96687</t>
+  </si>
+  <si>
+    <t>Tronquoy</t>
+  </si>
+  <si>
+    <t>93+</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=94849</t>
+  </si>
+  <si>
+    <t>Batailley</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=49056</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=51298</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=51256</t>
+  </si>
+  <si>
+    <t>Tronquoy-Lalande</t>
+  </si>
+  <si>
+    <t>90/92</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=32524</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>C de Sec du Chateau Closiot</t>
+  </si>
+  <si>
+    <t>92/94</t>
+  </si>
+  <si>
+    <t>Yohan Castaing</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=98415</t>
+  </si>
+  <si>
+    <t>Sweet White</t>
+  </si>
+  <si>
+    <t>Carmes de Rieussec</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=60805</t>
+  </si>
+  <si>
+    <t>Burgundy</t>
+  </si>
+  <si>
+    <t>Mâcon-Bussières VV Montbrison, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=108322</t>
+  </si>
+  <si>
+    <t>Macon Pierreclos Lieu Secret, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=108326</t>
+  </si>
+  <si>
+    <t>Mâcon Pierreclos, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=108320</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=99485</t>
+  </si>
+  <si>
+    <t>Macon Roche Vineuse Les Bois Joyaux, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=99473</t>
+  </si>
+  <si>
+    <t>Pouilly Fuisse Haut de la Roche, Verget</t>
+  </si>
+  <si>
+    <t>92+</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=99491</t>
+  </si>
+  <si>
+    <t>Diam Corks</t>
+  </si>
+  <si>
+    <t>Pouilly Fuissé Sur La Roche Premier Cru, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=99495</t>
+  </si>
+  <si>
+    <t>Saint Veran Lieu (Inter)dit, Verget</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=99489</t>
+  </si>
+  <si>
+    <t>Champagne</t>
+  </si>
+  <si>
+    <t>Pol Roger</t>
+  </si>
+  <si>
+    <t>N.V.</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=23469</t>
+  </si>
+  <si>
+    <t>Charles Heidsieck Brut Reserve</t>
+  </si>
+  <si>
+    <t>BV19</t>
+  </si>
+  <si>
+    <t>Kristaps Karklins</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=113206</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Chianti Classico Riserva, Tenuta Tignanello, Antinori</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=112562</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Bannockburn Pinot Noir, Felton Road</t>
+  </si>
+  <si>
+    <t>James Suckling</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=101035</t>
+  </si>
+  <si>
+    <t>Sauvignon Blanc, Churton</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=103015</t>
+  </si>
+  <si>
+    <t>Rhone</t>
+  </si>
+  <si>
+    <t>CDP Clos des Papes, Paul Avril Clos des Papes</t>
+  </si>
+  <si>
+    <t>99+</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=113724</t>
+  </si>
+  <si>
+    <t>Southern France</t>
+  </si>
+  <si>
+    <t>Fleur de Thénac Rouge, Château Thénac</t>
+  </si>
+  <si>
+    <t>https://www.farrvintners.com/wine.php?wine=51156</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Monopole Clasico Blanco Reserva, Compañia Vinicola del Norte de España (CVNE)</t>
+  </si>
+  <si>
     <t>Luis Gutierrez</t>
   </si>
   <si>
-    <t>https://www.farrvintners.com/wine.php?wine=65559</t>
-[...1841 lines deleted...]
-    <t>https://www.farrvintners.com/wine.php?wine=39276</t>
+    <t>https://www.farrvintners.com/wine.php?wine=113384</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF0563C1"/>
       <u/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=65559" TargetMode="External"/>
-[...810 lines deleted...]
-<Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=39276" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=109088" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=109088" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=88351" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=88351" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=62657" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=62657" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60545" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60545" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=75639" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=75639" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=81197" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=81197" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60623" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60631" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60631" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60631" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60631" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=96687" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=96687" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=96687" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=96687" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=94849" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=94849" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=49056" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=49056" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51298" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51298" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51256" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51256" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=32524" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=32524" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=98415" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=98415" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60805" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=60805" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108322" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108322" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108326" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108326" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108320" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=108320" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99485" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99485" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99473" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99473" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99491" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99491" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99491" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99491" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99495" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99495" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99489" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99489" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99489" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=99489" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=23469" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=23469" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113206" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113206" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=112562" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=112562" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=101035" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=101035" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=103015" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=103015" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113724" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113724" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51156" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51156" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51156" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=51156" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113384" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.farrvintners.com/wine.php?wine=113384" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T407"/>
+  <dimension ref="A1:R40"/>
   <cols>
     <col min="1" max="1" width="16"/>
     <col min="2" max="2" width="12"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="8"/>
     <col min="6" max="6" width="17"/>
-    <col min="7" max="7" width="35"/>
+    <col min="7" max="7" width="11"/>
     <col min="8" max="8" width="6"/>
     <col min="9" max="9" width="8"/>
-    <col min="10" max="10" width="13"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="50"/>
+    <col min="10" max="10" width="9"/>
+    <col min="11" max="11" width="4"/>
+    <col min="12" max="12" width="6"/>
+    <col min="13" max="13" width="14"/>
+    <col min="14" max="14" width="6"/>
+    <col min="15" max="15" width="18"/>
+    <col min="16" max="16" width="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2882,23553 +556,2075 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
         <v>18</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E2" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>36</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="J2">
+        <v>95</v>
+      </c>
+      <c r="K2">
+        <v>6</v>
+      </c>
+      <c r="L2">
+        <v>216</v>
+      </c>
+      <c r="M2">
+        <v>15.833333</v>
+      </c>
+      <c r="N2" t="s" s="3">
         <v>22</v>
       </c>
-      <c r="G2" t="s" s="2">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="H2">
-[...26 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="P2" t="s" s="4">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D3" s="1">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E3" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>40</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3">
+        <v>120</v>
+      </c>
+      <c r="K3">
+        <v>12</v>
+      </c>
+      <c r="L3">
+        <v>480</v>
+      </c>
+      <c r="M3">
+        <v>10.000000</v>
+      </c>
+      <c r="N3" s="3">
+        <v>90</v>
+      </c>
+      <c r="O3" t="s">
         <v>23</v>
       </c>
-      <c r="H3">
-[...29 lines deleted...]
-      <c r="R3" t="s" s="4">
+      <c r="P3" t="s" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="1">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E4" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>150</v>
+      </c>
+      <c r="I4">
+        <v>6</v>
+      </c>
+      <c r="J4">
+        <v>125</v>
+      </c>
+      <c r="K4">
+        <v>12</v>
+      </c>
+      <c r="L4">
+        <v>1806</v>
+      </c>
+      <c r="M4">
+        <v>10.416667</v>
+      </c>
+      <c r="N4" s="3">
+        <v>90</v>
+      </c>
+      <c r="O4" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
+      <c r="P4" t="s" s="4">
         <v>30</v>
-      </c>
-[...34 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E5" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>55</v>
+      </c>
+      <c r="I5">
+        <v>6</v>
+      </c>
+      <c r="J5">
+        <v>210</v>
+      </c>
+      <c r="K5">
+        <v>12</v>
+      </c>
+      <c r="L5">
+        <v>666</v>
+      </c>
+      <c r="M5">
+        <v>17.500000</v>
+      </c>
+      <c r="N5" s="3">
+        <v>93</v>
+      </c>
+      <c r="O5" t="s">
         <v>32</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="P5" t="s" s="4">
         <v>33</v>
-      </c>
-[...43 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D6" s="1">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E6" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H6">
+        <v>100</v>
+      </c>
+      <c r="I6">
         <v>0</v>
       </c>
-      <c r="I6">
-[...1 lines deleted...]
-      </c>
       <c r="J6">
-        <v>5500.000000</v>
+        <v>100</v>
       </c>
       <c r="K6">
-        <v>57200</v>
+        <v>12</v>
       </c>
       <c r="L6">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="M6">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>40</v>
+        <v>8.333333</v>
+      </c>
+      <c r="N6" s="3">
+        <v>92</v>
+      </c>
+      <c r="O6" t="s">
+        <v>32</v>
+      </c>
+      <c r="P6" t="s" s="4">
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E7" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>331</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7">
+        <v>100</v>
+      </c>
+      <c r="K7">
+        <v>6</v>
+      </c>
+      <c r="L7">
+        <v>1986</v>
+      </c>
+      <c r="M7">
+        <v>16.666667</v>
+      </c>
+      <c r="N7" s="3">
+        <v>90</v>
+      </c>
+      <c r="O7" t="s">
+        <v>29</v>
+      </c>
+      <c r="P7" t="s" s="4">
         <v>36</v>
-      </c>
-[...49 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D8" s="1">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E8" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H8">
+        <v>38</v>
+      </c>
+      <c r="I8">
         <v>0</v>
       </c>
-      <c r="I8">
-[...1 lines deleted...]
-      </c>
       <c r="J8">
-        <v>3900.000000</v>
+        <v>320</v>
       </c>
       <c r="K8">
-        <v>40560</v>
+        <v>12</v>
       </c>
       <c r="L8">
-        <v>1</v>
+        <v>456</v>
       </c>
       <c r="M8">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>43</v>
+        <v>26.666667</v>
+      </c>
+      <c r="N8" s="3">
+        <v>96</v>
+      </c>
+      <c r="O8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P8" t="s" s="4">
+        <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E9" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G9" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H9">
+        <v>50</v>
+      </c>
+      <c r="I9">
         <v>0</v>
       </c>
-      <c r="I9">
-[...1 lines deleted...]
-      </c>
       <c r="J9">
-        <v>1060.000000</v>
+        <v>160</v>
       </c>
       <c r="K9">
-        <v>11024</v>
+        <v>6</v>
       </c>
       <c r="L9">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="M9">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>45</v>
+        <v>26.666667</v>
+      </c>
+      <c r="N9" s="3">
+        <v>96</v>
+      </c>
+      <c r="O9" t="s">
+        <v>32</v>
+      </c>
+      <c r="P9" t="s" s="4">
+        <v>38</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E10" t="s" s="2">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G10" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H10">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J10">
-        <v>560.000000</v>
+        <v>320</v>
       </c>
       <c r="K10">
-        <v>5824</v>
+        <v>6</v>
       </c>
       <c r="L10">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="M10">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>48</v>
+        <v>53.333332</v>
+      </c>
+      <c r="N10" s="3">
+        <v>96</v>
+      </c>
+      <c r="O10" t="s">
+        <v>32</v>
+      </c>
+      <c r="P10" t="s" s="4">
+        <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D11" s="1">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E11" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G11" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H11">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="I11">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J11">
-        <v>1150.000000</v>
+        <v>420</v>
       </c>
       <c r="K11">
-        <v>11960</v>
+        <v>12</v>
       </c>
       <c r="L11">
-        <v>1</v>
+        <v>522</v>
       </c>
       <c r="M11">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>48</v>
+        <v>35.000000</v>
+      </c>
+      <c r="N11" s="3">
+        <v>95</v>
+      </c>
+      <c r="O11" t="s">
+        <v>32</v>
+      </c>
+      <c r="P11" t="s" s="4">
+        <v>42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E12" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G12" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H12">
+        <v>184</v>
+      </c>
+      <c r="I12">
         <v>0</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12">
-        <v>1425.000000</v>
+        <v>210</v>
       </c>
       <c r="K12">
-        <v>14820</v>
+        <v>6</v>
       </c>
       <c r="L12">
-        <v>1</v>
+        <v>1104</v>
       </c>
       <c r="M12">
-        <v>6</v>
-[...14 lines deleted...]
-        <v>50</v>
+        <v>35.000000</v>
+      </c>
+      <c r="N12" s="3">
+        <v>95</v>
+      </c>
+      <c r="O12" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" t="s" s="4">
+        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E13" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H13">
+        <v>134</v>
+      </c>
+      <c r="I13">
         <v>0</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
       <c r="J13">
-        <v>260.000000</v>
+        <v>120</v>
       </c>
       <c r="K13">
-        <v>2704</v>
+        <v>6</v>
       </c>
       <c r="L13">
-        <v>1</v>
+        <v>804</v>
       </c>
       <c r="M13">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>53</v>
+        <v>20.000000</v>
+      </c>
+      <c r="N13" s="3">
+        <v>93</v>
+      </c>
+      <c r="O13" t="s">
+        <v>44</v>
+      </c>
+      <c r="P13" t="s" s="4">
+        <v>45</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D14" s="1">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E14" t="s" s="2">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G14" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H14">
+        <v>10</v>
+      </c>
+      <c r="I14">
         <v>0</v>
       </c>
-      <c r="I14">
-[...1 lines deleted...]
-      </c>
       <c r="J14">
-        <v>220.000000</v>
+        <v>250</v>
       </c>
       <c r="K14">
-        <v>2288</v>
+        <v>6</v>
       </c>
       <c r="L14">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="M14">
-        <v>4</v>
-[...14 lines deleted...]
-        <v>55</v>
+        <v>41.666664</v>
+      </c>
+      <c r="N14" s="3">
+        <v>93</v>
+      </c>
+      <c r="O14" t="s">
+        <v>44</v>
+      </c>
+      <c r="P14" t="s" s="4">
+        <v>45</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E15" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G15" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H15">
+        <v>62</v>
+      </c>
+      <c r="I15">
         <v>0</v>
       </c>
-      <c r="I15">
-[...1 lines deleted...]
-      </c>
       <c r="J15">
-        <v>1750.000000</v>
+        <v>135</v>
       </c>
       <c r="K15">
-        <v>18200</v>
+        <v>6</v>
       </c>
       <c r="L15">
-        <v>1</v>
+        <v>372</v>
       </c>
       <c r="M15">
-        <v>10</v>
-[...14 lines deleted...]
-        <v>57</v>
+        <v>22.500000</v>
+      </c>
+      <c r="N15" t="s" s="3">
+        <v>47</v>
+      </c>
+      <c r="O15" t="s">
+        <v>29</v>
+      </c>
+      <c r="P15" t="s" s="4">
+        <v>48</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E16" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H16">
+        <v>50</v>
+      </c>
+      <c r="I16">
         <v>0</v>
       </c>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
       <c r="J16">
-        <v>2300.000000</v>
+        <v>160</v>
       </c>
       <c r="K16">
-        <v>23920</v>
+        <v>6</v>
       </c>
       <c r="L16">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="M16">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>61</v>
+        <v>26.666666</v>
+      </c>
+      <c r="N16" t="s" s="3">
+        <v>22</v>
+      </c>
+      <c r="O16" t="s">
+        <v>32</v>
+      </c>
+      <c r="P16" t="s" s="4">
+        <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="D17" s="1">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E17" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G17" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H17">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="I17">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="J17">
-        <v>1980.000000</v>
+        <v>135</v>
       </c>
       <c r="K17">
-        <v>20592</v>
+        <v>12</v>
       </c>
       <c r="L17">
-        <v>1</v>
+        <v>1473</v>
       </c>
       <c r="M17">
-        <v>3</v>
-[...14 lines deleted...]
-        <v>64</v>
+        <v>11.250000</v>
+      </c>
+      <c r="N17" s="3">
+        <v>91</v>
+      </c>
+      <c r="O17" t="s">
+        <v>32</v>
+      </c>
+      <c r="P17" t="s" s="4">
+        <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="D18" s="1">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E18" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G18" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H18">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="I18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J18">
-        <v>3500.000000</v>
+        <v>140</v>
       </c>
       <c r="K18">
-        <v>36400</v>
+        <v>12</v>
       </c>
       <c r="L18">
-        <v>1</v>
+        <v>1662</v>
       </c>
       <c r="M18">
-        <v>2</v>
-[...14 lines deleted...]
-        <v>67</v>
+        <v>11.666666</v>
+      </c>
+      <c r="N18" s="3">
+        <v>90</v>
+      </c>
+      <c r="O18" t="s">
+        <v>32</v>
+      </c>
+      <c r="P18" t="s" s="4">
+        <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D19" s="1">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="E19" t="s" s="2">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F19" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G19" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H19">
+        <v>22</v>
+      </c>
+      <c r="I19">
         <v>0</v>
       </c>
-      <c r="I19">
-[...1 lines deleted...]
-      </c>
       <c r="J19">
-        <v>550.000000</v>
+        <v>185</v>
       </c>
       <c r="K19">
-        <v>5720</v>
+        <v>12</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>264</v>
       </c>
       <c r="M19">
-        <v>3</v>
-[...14 lines deleted...]
-        <v>68</v>
+        <v>15.416666</v>
+      </c>
+      <c r="N19" t="s" s="3">
+        <v>54</v>
+      </c>
+      <c r="O19" t="s">
+        <v>32</v>
+      </c>
+      <c r="P19" t="s" s="4">
+        <v>55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="D20" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E20" t="s" s="2">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F20" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G20" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H20">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I20">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J20">
-        <v>480.000000</v>
+        <v>150</v>
       </c>
       <c r="K20">
-        <v>4992</v>
+        <v>12</v>
       </c>
       <c r="L20">
-        <v>1</v>
+        <v>606</v>
       </c>
       <c r="M20">
-        <v>4</v>
-[...14 lines deleted...]
-        <v>69</v>
+        <v>12.500000</v>
+      </c>
+      <c r="N20" t="s" s="3">
+        <v>58</v>
+      </c>
+      <c r="O20" t="s">
+        <v>59</v>
+      </c>
+      <c r="P20" t="s" s="4">
+        <v>60</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E21" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G21" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H21">
+        <v>13</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>70</v>
+      </c>
+      <c r="K21">
+        <v>6</v>
+      </c>
+      <c r="L21">
+        <v>78</v>
+      </c>
+      <c r="M21">
+        <v>11.666667</v>
+      </c>
+      <c r="N21" s="3">
+        <v>90</v>
+      </c>
+      <c r="O21" t="s">
         <v>23</v>
       </c>
-      <c r="H21">
-[...26 lines deleted...]
-      <c r="Q21" t="s">
+      <c r="P21" t="s" s="4">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D22" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E22" t="s" s="2">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F22" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G22" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H22">
+        <v>90</v>
+      </c>
+      <c r="I22">
+        <v>6</v>
+      </c>
+      <c r="J22">
+        <v>160</v>
+      </c>
+      <c r="K22">
+        <v>12</v>
+      </c>
+      <c r="L22">
+        <v>1086</v>
+      </c>
+      <c r="M22">
+        <v>13.333333</v>
+      </c>
+      <c r="N22" s="3">
+        <v>92</v>
+      </c>
+      <c r="O22" t="s">
         <v>23</v>
       </c>
-      <c r="H22">
-[...30 lines deleted...]
-        <v>71</v>
+      <c r="P22" t="s" s="4">
+        <v>66</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D23" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E23" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G23" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>50</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="J23">
+        <v>190</v>
+      </c>
+      <c r="K23">
+        <v>12</v>
+      </c>
+      <c r="L23">
+        <v>600</v>
+      </c>
+      <c r="M23">
+        <v>15.833333</v>
+      </c>
+      <c r="N23" s="3">
+        <v>92</v>
+      </c>
+      <c r="O23" t="s">
         <v>23</v>
       </c>
-      <c r="H23">
-[...30 lines deleted...]
-        <v>71</v>
+      <c r="P23" t="s" s="4">
+        <v>68</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B24" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C24" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D24" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E24" t="s" s="2">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F24" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G24" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H24">
+        <v>55</v>
+      </c>
+      <c r="I24">
+        <v>9</v>
+      </c>
+      <c r="J24">
+        <v>140</v>
+      </c>
+      <c r="K24">
+        <v>12</v>
+      </c>
+      <c r="L24">
+        <v>669</v>
+      </c>
+      <c r="M24">
+        <v>11.666667</v>
+      </c>
+      <c r="N24" s="3">
+        <v>90</v>
+      </c>
+      <c r="O24" t="s">
         <v>23</v>
       </c>
-      <c r="H24">
-[...30 lines deleted...]
-        <v>74</v>
+      <c r="P24" t="s" s="4">
+        <v>70</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B25" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C25" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E25" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H25">
+        <v>35</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25">
+        <v>150</v>
+      </c>
+      <c r="K25">
+        <v>12</v>
+      </c>
+      <c r="L25">
+        <v>420</v>
+      </c>
+      <c r="M25">
+        <v>12.500000</v>
+      </c>
+      <c r="N25" s="3">
+        <v>90</v>
+      </c>
+      <c r="O25" t="s">
+        <v>23</v>
+      </c>
+      <c r="P25" t="s" s="4">
         <v>72</v>
-      </c>
-[...43 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B26" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D26" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E26" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G26" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H26">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="I26">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J26">
-        <v>1390.000000</v>
+        <v>180</v>
       </c>
       <c r="K26">
-        <v>14456</v>
+        <v>12</v>
       </c>
       <c r="L26">
-        <v>1</v>
+        <v>318</v>
       </c>
       <c r="M26">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>76</v>
+        <v>15.000000</v>
+      </c>
+      <c r="N26" s="3">
+        <v>90</v>
+      </c>
+      <c r="O26" t="s">
+        <v>29</v>
+      </c>
+      <c r="P26" t="s" s="4">
+        <v>74</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B27" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="D27" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E27" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H27">
+        <v>50</v>
+      </c>
+      <c r="I27">
+        <v>0</v>
+      </c>
+      <c r="J27">
+        <v>250</v>
+      </c>
+      <c r="K27">
+        <v>12</v>
+      </c>
+      <c r="L27">
+        <v>600</v>
+      </c>
+      <c r="M27">
+        <v>20.833333</v>
+      </c>
+      <c r="N27" t="s" s="3">
+        <v>76</v>
+      </c>
+      <c r="O27" t="s">
         <v>29</v>
       </c>
-      <c r="F27" t="s">
-[...35 lines deleted...]
-      <c r="R27" t="s" s="4">
+      <c r="P27" t="s" s="4">
         <v>77</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E28" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s" s="2">
         <v>78</v>
       </c>
-      <c r="D28" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="H28">
+        <v>17</v>
+      </c>
+      <c r="I28">
         <v>0</v>
       </c>
-      <c r="I28">
-[...1 lines deleted...]
-      </c>
       <c r="J28">
-        <v>315.000000</v>
+        <v>250</v>
       </c>
       <c r="K28">
-        <v>3276</v>
+        <v>12</v>
       </c>
       <c r="L28">
-        <v>1</v>
+        <v>204</v>
       </c>
       <c r="M28">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>80</v>
+        <v>20.833333</v>
+      </c>
+      <c r="N28" t="s" s="3">
+        <v>76</v>
+      </c>
+      <c r="O28" t="s">
+        <v>29</v>
+      </c>
+      <c r="P28" t="s" s="4">
+        <v>77</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="D29" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E29" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H29">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I29">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="J29">
-        <v>3600.000000</v>
+        <v>360</v>
       </c>
       <c r="K29">
-        <v>37440</v>
+        <v>12</v>
       </c>
       <c r="L29">
-        <v>1</v>
+        <v>611</v>
       </c>
       <c r="M29">
-        <v>2</v>
-[...14 lines deleted...]
-        <v>81</v>
+        <v>30.000000</v>
+      </c>
+      <c r="N29" t="s" s="3">
+        <v>47</v>
+      </c>
+      <c r="O29" t="s">
+        <v>29</v>
+      </c>
+      <c r="P29" t="s" s="4">
+        <v>80</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="D30" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E30" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G30" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H30">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I30">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J30">
-        <v>1590.000000</v>
+        <v>220</v>
       </c>
       <c r="K30">
-        <v>16536</v>
+        <v>12</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>606</v>
       </c>
       <c r="M30">
-        <v>2</v>
-[...10 lines deleted...]
-      <c r="Q30" t="s">
+        <v>18.333333</v>
+      </c>
+      <c r="N30" s="3">
+        <v>92</v>
+      </c>
+      <c r="O30" t="s">
+        <v>29</v>
+      </c>
+      <c r="P30" t="s" s="4">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D31" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E31" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G31" t="s" s="2">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H31">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I31">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J31">
-        <v>580.000000</v>
+        <v>220</v>
       </c>
       <c r="K31">
-        <v>6032</v>
+        <v>12</v>
       </c>
       <c r="L31">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="M31">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>85</v>
+        <v>18.333333</v>
+      </c>
+      <c r="N31" s="3">
+        <v>92</v>
+      </c>
+      <c r="O31" t="s">
+        <v>29</v>
+      </c>
+      <c r="P31" t="s" s="4">
+        <v>82</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="B32" t="s">
+        <v>56</v>
+      </c>
+      <c r="C32" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" t="s" s="1">
+        <v>85</v>
+      </c>
+      <c r="E32" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G32" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H32">
+        <v>49</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>195</v>
+      </c>
+      <c r="K32">
+        <v>6</v>
+      </c>
+      <c r="L32">
+        <v>294</v>
+      </c>
+      <c r="M32">
+        <v>32.500000</v>
+      </c>
+      <c r="N32" s="3">
+        <v>92</v>
+      </c>
+      <c r="O32" t="s">
         <v>23</v>
       </c>
-      <c r="H32">
-[...29 lines deleted...]
-      <c r="R32" t="s" s="4">
+      <c r="P32" t="s" s="4">
         <v>86</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="B33" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C33" t="s">
         <v>87</v>
       </c>
-      <c r="D33" s="1">
-        <v>2020</v>
+      <c r="D33" t="s" s="1">
+        <v>88</v>
       </c>
       <c r="E33" t="s" s="2">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="F33" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G33" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H33">
+        <v>45</v>
+      </c>
+      <c r="I33">
         <v>0</v>
       </c>
-      <c r="I33">
-[...1 lines deleted...]
-      </c>
       <c r="J33">
-        <v>105.000000</v>
+        <v>195</v>
       </c>
       <c r="K33">
-        <v>1092</v>
+        <v>6</v>
       </c>
       <c r="L33">
-        <v>1</v>
+        <v>270</v>
       </c>
       <c r="M33">
-        <v>3</v>
-[...7 lines deleted...]
-      <c r="P33" s="3">
+        <v>32.500000</v>
+      </c>
+      <c r="N33" s="3">
         <v>92</v>
       </c>
-      <c r="Q33" t="s">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="O33" t="s">
+        <v>89</v>
+      </c>
+      <c r="P33" t="s" s="4">
+        <v>90</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>91</v>
       </c>
       <c r="B34" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" t="s">
+        <v>92</v>
+      </c>
+      <c r="D34" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E34" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H34">
+        <v>7</v>
+      </c>
+      <c r="I34">
         <v>0</v>
       </c>
-      <c r="I34">
-[...1 lines deleted...]
-      </c>
       <c r="J34">
-        <v>180.000000</v>
+        <v>180</v>
       </c>
       <c r="K34">
-        <v>1872</v>
+        <v>6</v>
       </c>
       <c r="L34">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="M34">
-        <v>1</v>
-[...14 lines deleted...]
-        <v>91</v>
+        <v>30.000000</v>
+      </c>
+      <c r="N34" s="3">
+        <v>93</v>
+      </c>
+      <c r="O34" t="s">
+        <v>44</v>
+      </c>
+      <c r="P34" t="s" s="4">
+        <v>93</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="B35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E35" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H35">
+        <v>50</v>
+      </c>
+      <c r="I35">
         <v>0</v>
       </c>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
       <c r="J35">
-        <v>680.000000</v>
+        <v>197</v>
       </c>
       <c r="K35">
-        <v>7072</v>
+        <v>6</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="M35">
-        <v>2</v>
-[...14 lines deleted...]
-        <v>93</v>
+        <v>32.916666</v>
+      </c>
+      <c r="N35" s="3">
+        <v>95</v>
+      </c>
+      <c r="O35" t="s">
+        <v>96</v>
+      </c>
+      <c r="P35" t="s" s="4">
+        <v>97</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D36" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E36" t="s" s="2">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F36" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G36" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H36">
+        <v>97</v>
+      </c>
+      <c r="I36">
+        <v>9</v>
+      </c>
+      <c r="J36">
+        <v>110</v>
+      </c>
+      <c r="K36">
+        <v>12</v>
+      </c>
+      <c r="L36">
+        <v>1173</v>
+      </c>
+      <c r="M36">
+        <v>9.166666</v>
+      </c>
+      <c r="N36" s="3">
+        <v>92</v>
+      </c>
+      <c r="O36" t="s">
         <v>23</v>
       </c>
-      <c r="H36">
-[...30 lines deleted...]
-        <v>95</v>
+      <c r="P36" t="s" s="4">
+        <v>99</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="B37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E37" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H37">
+        <v>25</v>
+      </c>
+      <c r="I37">
         <v>0</v>
       </c>
-      <c r="I37">
-[...1 lines deleted...]
-      </c>
       <c r="J37">
-        <v>285.000000</v>
+        <v>360</v>
       </c>
       <c r="K37">
-        <v>2964</v>
+        <v>6</v>
       </c>
       <c r="L37">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="M37">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>97</v>
+        <v>60.000000</v>
+      </c>
+      <c r="N37" t="s" s="3">
+        <v>102</v>
+      </c>
+      <c r="O37" t="s">
+        <v>59</v>
+      </c>
+      <c r="P37" t="s" s="4">
+        <v>103</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="B38" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="D38" s="1">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E38" t="s" s="2">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H38">
+        <v>151</v>
+      </c>
+      <c r="I38">
+        <v>6</v>
+      </c>
+      <c r="J38">
+        <v>90</v>
+      </c>
+      <c r="K38">
+        <v>12</v>
+      </c>
+      <c r="L38">
+        <v>1818</v>
+      </c>
+      <c r="M38">
+        <v>7.500000</v>
+      </c>
+      <c r="N38" s="3">
+        <v>91</v>
+      </c>
+      <c r="O38" t="s">
         <v>23</v>
       </c>
-      <c r="H38">
-[...30 lines deleted...]
-        <v>97</v>
+      <c r="P38" t="s" s="4">
+        <v>106</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="B39" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="D39" s="1">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E39" t="s" s="2">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="F39" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G39" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="H39">
+        <v>37</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>95</v>
+      </c>
+      <c r="K39">
+        <v>6</v>
+      </c>
+      <c r="L39">
+        <v>222</v>
+      </c>
+      <c r="M39">
+        <v>15.833333</v>
+      </c>
+      <c r="N39" s="3">
+        <v>91</v>
+      </c>
+      <c r="O39" t="s">
         <v>23</v>
       </c>
-      <c r="H39">
-[...30 lines deleted...]
-        <v>99</v>
+      <c r="P39" t="s" s="4">
+        <v>106</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>36</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" t="s">
+        <v>108</v>
+      </c>
+      <c r="D40" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E40" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="C40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="H40">
+        <v>14</v>
+      </c>
+      <c r="I40">
         <v>0</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
       <c r="J40">
-        <v>100.000000</v>
+        <v>110</v>
       </c>
       <c r="K40">
-        <v>1040</v>
+        <v>6</v>
       </c>
       <c r="L40">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="M40">
-        <v>16</v>
-[...405 lines deleted...]
-      <c r="R47" t="s" s="4">
+        <v>18.333333</v>
+      </c>
+      <c r="N40" t="s" s="3">
+        <v>47</v>
+      </c>
+      <c r="O40" t="s">
         <v>109</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C48" t="s">
+      <c r="P40" t="s" s="4">
         <v>110</v>
-      </c>
-[...20099 lines deleted...]
-        <v>639</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="R2" r:id="rId1" location="" display="https://www.farrvintners.com/wine.php?wine=65559"/>
-[...810 lines deleted...]
-    <hyperlink ref="R407" r:id="rId812" location="" display="https://www.farrvintners.com/wine.php?wine=39276"/>
+    <hyperlink ref="P2" r:id="rId1" location="" display="https://www.farrvintners.com/wine.php?wine=109088"/>
+    <hyperlink ref="P2" r:id="rId2" location="" display="https://www.farrvintners.com/wine.php?wine=109088"/>
+    <hyperlink ref="P3" r:id="rId3" location="" display="https://www.farrvintners.com/wine.php?wine=88351"/>
+    <hyperlink ref="P3" r:id="rId4" location="" display="https://www.farrvintners.com/wine.php?wine=88351"/>
+    <hyperlink ref="P4" r:id="rId5" location="" display="https://www.farrvintners.com/wine.php?wine=62657"/>
+    <hyperlink ref="P4" r:id="rId6" location="" display="https://www.farrvintners.com/wine.php?wine=62657"/>
+    <hyperlink ref="P5" r:id="rId7" location="" display="https://www.farrvintners.com/wine.php?wine=60545"/>
+    <hyperlink ref="P5" r:id="rId8" location="" display="https://www.farrvintners.com/wine.php?wine=60545"/>
+    <hyperlink ref="P6" r:id="rId9" location="" display="https://www.farrvintners.com/wine.php?wine=75639"/>
+    <hyperlink ref="P6" r:id="rId10" location="" display="https://www.farrvintners.com/wine.php?wine=75639"/>
+    <hyperlink ref="P7" r:id="rId11" location="" display="https://www.farrvintners.com/wine.php?wine=81197"/>
+    <hyperlink ref="P7" r:id="rId12" location="" display="https://www.farrvintners.com/wine.php?wine=81197"/>
+    <hyperlink ref="P8" r:id="rId13" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P8" r:id="rId14" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P9" r:id="rId15" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P9" r:id="rId16" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P10" r:id="rId17" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P10" r:id="rId18" location="" display="https://www.farrvintners.com/wine.php?wine=60623"/>
+    <hyperlink ref="P11" r:id="rId19" location="" display="https://www.farrvintners.com/wine.php?wine=60631"/>
+    <hyperlink ref="P11" r:id="rId20" location="" display="https://www.farrvintners.com/wine.php?wine=60631"/>
+    <hyperlink ref="P12" r:id="rId21" location="" display="https://www.farrvintners.com/wine.php?wine=60631"/>
+    <hyperlink ref="P12" r:id="rId22" location="" display="https://www.farrvintners.com/wine.php?wine=60631"/>
+    <hyperlink ref="P13" r:id="rId23" location="" display="https://www.farrvintners.com/wine.php?wine=96687"/>
+    <hyperlink ref="P13" r:id="rId24" location="" display="https://www.farrvintners.com/wine.php?wine=96687"/>
+    <hyperlink ref="P14" r:id="rId25" location="" display="https://www.farrvintners.com/wine.php?wine=96687"/>
+    <hyperlink ref="P14" r:id="rId26" location="" display="https://www.farrvintners.com/wine.php?wine=96687"/>
+    <hyperlink ref="P15" r:id="rId27" location="" display="https://www.farrvintners.com/wine.php?wine=94849"/>
+    <hyperlink ref="P15" r:id="rId28" location="" display="https://www.farrvintners.com/wine.php?wine=94849"/>
+    <hyperlink ref="P16" r:id="rId29" location="" display="https://www.farrvintners.com/wine.php?wine=49056"/>
+    <hyperlink ref="P16" r:id="rId30" location="" display="https://www.farrvintners.com/wine.php?wine=49056"/>
+    <hyperlink ref="P17" r:id="rId31" location="" display="https://www.farrvintners.com/wine.php?wine=51298"/>
+    <hyperlink ref="P17" r:id="rId32" location="" display="https://www.farrvintners.com/wine.php?wine=51298"/>
+    <hyperlink ref="P18" r:id="rId33" location="" display="https://www.farrvintners.com/wine.php?wine=51256"/>
+    <hyperlink ref="P18" r:id="rId34" location="" display="https://www.farrvintners.com/wine.php?wine=51256"/>
+    <hyperlink ref="P19" r:id="rId35" location="" display="https://www.farrvintners.com/wine.php?wine=32524"/>
+    <hyperlink ref="P19" r:id="rId36" location="" display="https://www.farrvintners.com/wine.php?wine=32524"/>
+    <hyperlink ref="P20" r:id="rId37" location="" display="https://www.farrvintners.com/wine.php?wine=98415"/>
+    <hyperlink ref="P20" r:id="rId38" location="" display="https://www.farrvintners.com/wine.php?wine=98415"/>
+    <hyperlink ref="P21" r:id="rId39" location="" display="https://www.farrvintners.com/wine.php?wine=60805"/>
+    <hyperlink ref="P21" r:id="rId40" location="" display="https://www.farrvintners.com/wine.php?wine=60805"/>
+    <hyperlink ref="P22" r:id="rId41" location="" display="https://www.farrvintners.com/wine.php?wine=108322"/>
+    <hyperlink ref="P22" r:id="rId42" location="" display="https://www.farrvintners.com/wine.php?wine=108322"/>
+    <hyperlink ref="P23" r:id="rId43" location="" display="https://www.farrvintners.com/wine.php?wine=108326"/>
+    <hyperlink ref="P23" r:id="rId44" location="" display="https://www.farrvintners.com/wine.php?wine=108326"/>
+    <hyperlink ref="P24" r:id="rId45" location="" display="https://www.farrvintners.com/wine.php?wine=108320"/>
+    <hyperlink ref="P24" r:id="rId46" location="" display="https://www.farrvintners.com/wine.php?wine=108320"/>
+    <hyperlink ref="P25" r:id="rId47" location="" display="https://www.farrvintners.com/wine.php?wine=99485"/>
+    <hyperlink ref="P25" r:id="rId48" location="" display="https://www.farrvintners.com/wine.php?wine=99485"/>
+    <hyperlink ref="P26" r:id="rId49" location="" display="https://www.farrvintners.com/wine.php?wine=99473"/>
+    <hyperlink ref="P26" r:id="rId50" location="" display="https://www.farrvintners.com/wine.php?wine=99473"/>
+    <hyperlink ref="P27" r:id="rId51" location="" display="https://www.farrvintners.com/wine.php?wine=99491"/>
+    <hyperlink ref="P27" r:id="rId52" location="" display="https://www.farrvintners.com/wine.php?wine=99491"/>
+    <hyperlink ref="P28" r:id="rId53" location="" display="https://www.farrvintners.com/wine.php?wine=99491"/>
+    <hyperlink ref="P28" r:id="rId54" location="" display="https://www.farrvintners.com/wine.php?wine=99491"/>
+    <hyperlink ref="P29" r:id="rId55" location="" display="https://www.farrvintners.com/wine.php?wine=99495"/>
+    <hyperlink ref="P29" r:id="rId56" location="" display="https://www.farrvintners.com/wine.php?wine=99495"/>
+    <hyperlink ref="P30" r:id="rId57" location="" display="https://www.farrvintners.com/wine.php?wine=99489"/>
+    <hyperlink ref="P30" r:id="rId58" location="" display="https://www.farrvintners.com/wine.php?wine=99489"/>
+    <hyperlink ref="P31" r:id="rId59" location="" display="https://www.farrvintners.com/wine.php?wine=99489"/>
+    <hyperlink ref="P31" r:id="rId60" location="" display="https://www.farrvintners.com/wine.php?wine=99489"/>
+    <hyperlink ref="P32" r:id="rId61" location="" display="https://www.farrvintners.com/wine.php?wine=23469"/>
+    <hyperlink ref="P32" r:id="rId62" location="" display="https://www.farrvintners.com/wine.php?wine=23469"/>
+    <hyperlink ref="P33" r:id="rId63" location="" display="https://www.farrvintners.com/wine.php?wine=113206"/>
+    <hyperlink ref="P33" r:id="rId64" location="" display="https://www.farrvintners.com/wine.php?wine=113206"/>
+    <hyperlink ref="P34" r:id="rId65" location="" display="https://www.farrvintners.com/wine.php?wine=112562"/>
+    <hyperlink ref="P34" r:id="rId66" location="" display="https://www.farrvintners.com/wine.php?wine=112562"/>
+    <hyperlink ref="P35" r:id="rId67" location="" display="https://www.farrvintners.com/wine.php?wine=101035"/>
+    <hyperlink ref="P35" r:id="rId68" location="" display="https://www.farrvintners.com/wine.php?wine=101035"/>
+    <hyperlink ref="P36" r:id="rId69" location="" display="https://www.farrvintners.com/wine.php?wine=103015"/>
+    <hyperlink ref="P36" r:id="rId70" location="" display="https://www.farrvintners.com/wine.php?wine=103015"/>
+    <hyperlink ref="P37" r:id="rId71" location="" display="https://www.farrvintners.com/wine.php?wine=113724"/>
+    <hyperlink ref="P37" r:id="rId72" location="" display="https://www.farrvintners.com/wine.php?wine=113724"/>
+    <hyperlink ref="P38" r:id="rId73" location="" display="https://www.farrvintners.com/wine.php?wine=51156"/>
+    <hyperlink ref="P38" r:id="rId74" location="" display="https://www.farrvintners.com/wine.php?wine=51156"/>
+    <hyperlink ref="P39" r:id="rId75" location="" display="https://www.farrvintners.com/wine.php?wine=51156"/>
+    <hyperlink ref="P39" r:id="rId76" location="" display="https://www.farrvintners.com/wine.php?wine=51156"/>
+    <hyperlink ref="P40" r:id="rId77" location="" display="https://www.farrvintners.com/wine.php?wine=113384"/>
+    <hyperlink ref="P40" r:id="rId78" location="" display="https://www.farrvintners.com/wine.php?wine=113384"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>